--- v0 (2025-11-26)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -177,135 +177,138 @@
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
     <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
     <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
@@ -975,51 +978,51 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>53</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>56</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
@@ -1114,270 +1117,270 @@
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>67</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>62</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>56</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>67</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
         <v>55</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>56</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>54</v>
       </c>
       <c r="H11">
         <v>2020</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
         <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">