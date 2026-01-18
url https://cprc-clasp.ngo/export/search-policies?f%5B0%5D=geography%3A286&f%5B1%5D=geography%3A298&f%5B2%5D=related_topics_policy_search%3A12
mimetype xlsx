--- v0 (2025-11-30)
+++ v1 (2026-01-18)
@@ -62,89 +62,89 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>