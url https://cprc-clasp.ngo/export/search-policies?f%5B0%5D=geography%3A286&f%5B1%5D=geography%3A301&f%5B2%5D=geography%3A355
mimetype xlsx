--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -9813,51 +9813,51 @@
       </c>
       <c r="P127" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>666</v>
       </c>
       <c r="B128" t="s">
         <v>667</v>
       </c>
       <c r="C128" t="s">
         <v>38</v>
       </c>
       <c r="D128" t="s">
         <v>357</v>
       </c>
       <c r="E128" t="s">
         <v>40</v>
       </c>
       <c r="F128" t="s">
         <v>54</v>
       </c>
       <c r="G128" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H128">
         <v>2021</v>
       </c>
       <c r="I128">
         <v>2024</v>
       </c>
       <c r="J128" t="s">
         <v>668</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
         <v>669</v>
       </c>
       <c r="M128" t="s">
         <v>42</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
         <v>670</v>
       </c>