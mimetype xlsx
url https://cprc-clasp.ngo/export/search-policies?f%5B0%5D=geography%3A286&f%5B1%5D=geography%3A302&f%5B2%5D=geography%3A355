--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -272,51 +272,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -2775,51 +2775,51 @@
       </c>
       <c r="P22" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>161</v>
       </c>
       <c r="B23" t="s">
         <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>93</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>38</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>163</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>165</v>
       </c>