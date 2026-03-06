--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -99,82 +99,50 @@
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
-  </si>
-[...30 lines deleted...]
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
@@ -211,98 +179,104 @@
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>August 2025</t>
+  </si>
+  <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
     <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
   </si>
@@ -564,50 +538,53 @@
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
   </si>
   <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
     <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
 life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
@@ -967,51 +944,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P27"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1106,1229 +1083,1181 @@
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>31</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>32</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H4">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H6">
         <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
         <v>60</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>61</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="F7" t="s">
         <v>62</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H7">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D8" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
         <v>70</v>
       </c>
-      <c r="F8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>32</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
         <v>82</v>
       </c>
-      <c r="E10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H10">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F11" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H11">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
-        <v>90</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="L15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="O15" t="s">
         <v>116</v>
       </c>
       <c r="P15" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>118</v>
       </c>
       <c r="B16" t="s">
         <v>119</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>120</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H16">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H17">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>140</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H20">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="K20" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="L20" t="s">
         <v>145</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="O20" t="s">
         <v>146</v>
       </c>
       <c r="P20" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>148</v>
       </c>
       <c r="B21" t="s">
         <v>149</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>150</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H21">
         <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
         <v>151</v>
       </c>
-      <c r="K21" t="s">
+      <c r="M21" t="s">
         <v>152</v>
       </c>
-      <c r="L21" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>153</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E22" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H23">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E24" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H24">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="L24" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E25" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H25">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
         <v>181</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>183</v>
       </c>
       <c r="E26" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>50</v>
+        <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>186</v>
-[...6 lines deleted...]
-      <c r="B27" t="s">
         <v>188</v>
-      </c>
-[...38 lines deleted...]
-        <v>195</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">