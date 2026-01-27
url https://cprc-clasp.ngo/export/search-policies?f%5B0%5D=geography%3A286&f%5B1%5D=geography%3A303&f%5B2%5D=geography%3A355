--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -5867,51 +5867,51 @@
       </c>
       <c r="P44" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>297</v>
       </c>
       <c r="B45" t="s">
         <v>298</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>170</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>38</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45">
         <v>2024</v>
       </c>
       <c r="J45" t="s">
         <v>299</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>300</v>
       </c>
       <c r="M45" t="s">
         <v>25</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
         <v>301</v>
       </c>