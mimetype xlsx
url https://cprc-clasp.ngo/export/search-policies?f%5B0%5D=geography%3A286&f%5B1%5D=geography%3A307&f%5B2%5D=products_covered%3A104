--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -12,340 +12,438 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -609,745 +707,834 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2025</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K13" t="s">
         <v>24</v>
       </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...499 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="M15" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="N15" t="s">
-        <v>82</v>
+        <v>108</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>