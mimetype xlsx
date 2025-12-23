--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>