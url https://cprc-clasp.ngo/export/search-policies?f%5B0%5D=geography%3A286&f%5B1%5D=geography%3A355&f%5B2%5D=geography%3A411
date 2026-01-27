--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -2723,51 +2723,51 @@
       </c>
       <c r="P21" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>150</v>
       </c>
       <c r="B22" t="s">
         <v>151</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>93</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
         <v>152</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>153</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>154</v>
       </c>