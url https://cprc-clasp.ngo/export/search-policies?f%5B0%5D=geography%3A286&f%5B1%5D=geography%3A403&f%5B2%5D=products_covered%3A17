--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
     <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>