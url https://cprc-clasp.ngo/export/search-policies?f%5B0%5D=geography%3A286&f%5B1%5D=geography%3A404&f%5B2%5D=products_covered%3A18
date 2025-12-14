--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -12,244 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -513,405 +557,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="636.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...30 lines deleted...]
-        <v>2023</v>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-        <v>30</v>
+      <c r="I3">
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...161 lines deleted...]
-        <v>50</v>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>