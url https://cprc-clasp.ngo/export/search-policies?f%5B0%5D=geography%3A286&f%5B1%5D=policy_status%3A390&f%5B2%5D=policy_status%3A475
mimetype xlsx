--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -101,104 +101,93 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
-[...5 lines deleted...]
-    <t>LPG Stoves</t>
+    <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>IS 1391:2018 (all amendments)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...40 lines deleted...]
-    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
@@ -211,50 +200,53 @@
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>August 2025</t>
+  </si>
+  <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
     <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
@@ -411,51 +403,51 @@
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
@@ -525,50 +517,53 @@
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
   </si>
   <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
     <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
 life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
@@ -939,51 +934,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1067,1137 +1062,1137 @@
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>31</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>32</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="H4">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2022</v>
       </c>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H6">
         <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H7">
         <v>2023</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K8" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
+        <v>89</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H12">
         <v>2018</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K14" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="L14" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
+        <v>108</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H15">
         <v>2020</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E17" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
+        <v>125</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H19">
         <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>137</v>
+      </c>
+      <c r="L19" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="O19" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H20">
         <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="M20" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E21" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H21">
         <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E22" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H22">
         <v>2010</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>163</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E24" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
         <v>174</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>175</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>176</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2025</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">