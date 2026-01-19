--- v0 (2025-10-13)
+++ v1 (2026-01-19)
@@ -12,656 +12,897 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -925,1777 +1166,2012 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="K2" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-        <v>28</v>
+      <c r="I3">
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2022</v>
+      </c>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16">
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17">
+        <v>2023</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>125</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>128</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>130</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>125</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>32</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>52</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
+        <v>125</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>70</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+      <c r="K20" t="s">
+        <v>141</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>125</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>32</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>125</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>70</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>52</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>155</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>160</v>
+      </c>
+      <c r="E23" t="s">
+        <v>125</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>52</v>
+      </c>
+      <c r="K23" t="s">
+        <v>141</v>
+      </c>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>70</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>166</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>171</v>
+      </c>
+      <c r="E25" t="s">
+        <v>125</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>52</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>172</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>100</v>
+      </c>
+      <c r="E26" t="s">
+        <v>125</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H26">
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>52</v>
+      </c>
+      <c r="K26" t="s">
+        <v>177</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>179</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" t="s">
+        <v>125</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>32</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27">
+        <v>2023</v>
+      </c>
+      <c r="J27" t="s">
+        <v>33</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>52</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>52</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>198</v>
+      </c>
+      <c r="E30" t="s">
+        <v>125</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>52</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>199</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>200</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>125</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>210</v>
+      </c>
+      <c r="E32" t="s">
+        <v>125</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32">
+        <v>2024</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>211</v>
+      </c>
+      <c r="L32" t="s">
+        <v>212</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>200</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>217</v>
+      </c>
+      <c r="E33" t="s">
+        <v>125</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>70</v>
+      </c>
+      <c r="H33">
+        <v>2024</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>219</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E34" t="s">
+        <v>125</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34">
+        <v>2024</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>225</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>125</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>70</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>52</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>231</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>140</v>
+      </c>
+      <c r="E36" t="s">
+        <v>125</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>32</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>52</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>236</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>241</v>
+      </c>
+      <c r="E37" t="s">
+        <v>125</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>52</v>
+      </c>
+      <c r="K37" t="s">
+        <v>242</v>
+      </c>
+      <c r="L37" t="s">
+        <v>243</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>248</v>
+      </c>
+      <c r="E38" t="s">
+        <v>125</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>52</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>250</v>
+      </c>
+      <c r="P38" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>255</v>
+      </c>
+      <c r="E39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...1523 lines deleted...]
-      <c r="G39">
+      <c r="H39">
         <v>2025</v>
       </c>
-      <c r="H39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>20</v>
+        <v>256</v>
       </c>
       <c r="K39" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>182</v>
+        <v>257</v>
       </c>
       <c r="M39" t="s">
-        <v>23</v>
+        <v>258</v>
       </c>
       <c r="N39" t="s">
-        <v>183</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>259</v>
+      </c>
+      <c r="P39" t="s">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>