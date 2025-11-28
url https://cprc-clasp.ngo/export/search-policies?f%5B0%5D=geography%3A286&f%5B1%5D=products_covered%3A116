--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>