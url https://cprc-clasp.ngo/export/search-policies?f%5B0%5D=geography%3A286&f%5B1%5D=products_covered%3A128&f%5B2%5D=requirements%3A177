--- v0 (2025-10-12)
+++ v1 (2026-01-25)
@@ -12,167 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +454,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="343.202" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="68.269" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2022</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>