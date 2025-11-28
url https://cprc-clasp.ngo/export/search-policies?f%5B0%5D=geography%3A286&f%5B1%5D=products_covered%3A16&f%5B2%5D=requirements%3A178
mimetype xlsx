--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,227 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,363 +533,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="121" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...120 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>