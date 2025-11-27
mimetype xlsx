--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,191 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,277 +485,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="96" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2021</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
-      </c>
-[...74 lines deleted...]
-        <v>28</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>