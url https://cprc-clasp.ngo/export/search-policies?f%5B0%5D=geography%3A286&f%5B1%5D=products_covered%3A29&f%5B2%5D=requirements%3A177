--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,239 +470,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="430.466" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>