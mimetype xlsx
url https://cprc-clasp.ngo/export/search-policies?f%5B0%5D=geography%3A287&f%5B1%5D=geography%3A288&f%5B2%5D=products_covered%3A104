--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -133,81 +133,84 @@
   <si>
     <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -801,172 +804,172 @@
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>42</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">