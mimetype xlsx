--- v0 (2025-11-28)
+++ v1 (2026-02-02)
@@ -12,177 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
+  </si>
+  <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...22 lines deleted...]
-    <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
@@ -713,122 +716,122 @@
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">