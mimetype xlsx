--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -62,183 +62,183 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
-[...104 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
@@ -692,398 +692,396 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H4">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4"/>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2022</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>61</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>67</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>72</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
         <v>67</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>74</v>
       </c>
       <c r="P9" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>