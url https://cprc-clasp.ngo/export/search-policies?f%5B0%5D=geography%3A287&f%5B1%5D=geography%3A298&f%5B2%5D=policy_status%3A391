--- v0 (2025-11-30)
+++ v1 (2026-03-06)
@@ -12,246 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -307,129 +340,99 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...29 lines deleted...]
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
@@ -963,1196 +966,1192 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="H3">
-[...4 lines deleted...]
-      </c>
+      <c r="H3"/>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3"/>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H6"/>
       <c r="I6">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
         <v>55</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G7" t="s">
         <v>8</v>
       </c>
       <c r="H7">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I7">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
       <c r="M7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I9">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H10">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I10">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I11">
         <v>2022</v>
       </c>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="M11" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G12" t="s">
         <v>8</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I12">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J12" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M12" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
       <c r="M13" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H14">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P14" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2022</v>
       </c>
       <c r="J15" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M15" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P15" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P16" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
       <c r="I17">
         <v>2022</v>
       </c>
       <c r="J17" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M17" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P17" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18">
         <v>2025</v>
       </c>
       <c r="J18" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P18" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
         <v>2018</v>
       </c>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M20" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M21" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24">
         <v>2017</v>
       </c>
       <c r="J24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25">
         <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">