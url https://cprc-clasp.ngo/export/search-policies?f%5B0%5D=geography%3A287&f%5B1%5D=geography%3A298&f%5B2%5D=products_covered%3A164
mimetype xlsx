--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -12,143 +12,182 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
@@ -156,86 +195,50 @@
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -547,65 +550,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -635,272 +638,270 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L2"/>
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>37</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="G5" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="H6">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">