--- v0 (2025-12-01)
+++ v1 (2026-03-21)
@@ -12,233 +12,260 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
     <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
@@ -262,75 +289,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -373,60 +403,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
@@ -463,233 +493,209 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...25 lines deleted...]
-  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
@@ -1106,51 +1112,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="607.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1190,1944 +1196,1942 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I4">
         <v>2023</v>
       </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
         <v>2023</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H6">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7">
         <v>2024</v>
       </c>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="I8"/>
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8">
+        <v>2024</v>
+      </c>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="H9">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>49</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
         <v>67</v>
       </c>
-      <c r="N9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>70</v>
       </c>
-      <c r="B10" t="s">
+      <c r="G10" t="s">
         <v>71</v>
       </c>
-      <c r="C10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>73</v>
       </c>
       <c r="M10" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
         <v>76</v>
-      </c>
-[...36 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G12" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H12">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>89</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="P14" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="H15"/>
       <c r="I15">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P15" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G16" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M16" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="P16" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G17" t="s">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
         <v>2014</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M17" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="P17" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H18">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="M18" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="P18" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G19" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>114</v>
+      </c>
       <c r="M19" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="P19" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>118</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H20">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="P20" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G21" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I21">
         <v>2022</v>
       </c>
       <c r="J21" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="M21" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="P21" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B22" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G22" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H22">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
       <c r="J22" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>128</v>
+      </c>
       <c r="M22" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="P22" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B23" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>128</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G23" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="H23">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>136</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G24" t="s">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>137</v>
+      </c>
       <c r="M24" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="P24" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
-        <v>137</v>
+        <v>85</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="P25" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G26" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H26">
         <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P26" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B27" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
       <c r="I27">
         <v>2022</v>
       </c>
       <c r="J27" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M27" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P27" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B28" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28">
         <v>2025</v>
       </c>
       <c r="J28" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P28" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
         <v>2022</v>
       </c>
       <c r="J29" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M29" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P29" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P30" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B31" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G31" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>42</v>
+      </c>
+      <c r="H31">
+        <v>2024</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P31" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B32" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G32" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M32" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P32" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G33" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M33" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P33" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B34" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G34" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="H34">
         <v>2025</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P34" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B35" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C35" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M35" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B36" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C36" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M36" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P36" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B37" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C37" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="M37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P37" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C38" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B39" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C39" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="P39" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B40" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C40" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="M40" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P40" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B41" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C41" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M41" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">