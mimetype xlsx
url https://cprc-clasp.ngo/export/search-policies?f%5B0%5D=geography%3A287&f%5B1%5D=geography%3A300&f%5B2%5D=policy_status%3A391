--- v0 (2025-11-27)
+++ v1 (2026-01-18)
@@ -12,200 +12,203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...62 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
@@ -702,467 +705,463 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="P3" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="H5">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P5" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2016</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M8" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2002</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">