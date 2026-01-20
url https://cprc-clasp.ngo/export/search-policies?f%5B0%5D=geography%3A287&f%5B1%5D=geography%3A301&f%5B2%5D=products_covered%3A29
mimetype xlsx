--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -62,450 +62,450 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>CFL standard</t>
-[...371 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>CFL standard</t>
+  </si>
+  <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 14567</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
+  </si>
+  <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
+    <t>CNS 14576</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
+    <t>CNS 14125</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
+  </si>
+  <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
+  </si>
+  <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>CNS 927 or CNS 13755</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>CNS14335
+,   
+                    CNS14115</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
+  </si>
+  <si>
+    <t>CIE70
+,   
+                    CIE84
+,   
+                    CIE121</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
+  </si>
+  <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
+    <t>CNS 15630</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
+    <t>CNS15437</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
+    <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
+  </si>
+  <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
+    <t>CNS 691, CNS 13755</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>Fluorescent tubes</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
+    <t>Incandescent light bulb energy consumption efficiency standards</t>
+  </si>
+  <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
+    <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
@@ -1019,1599 +1019,1597 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H5">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H6">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I7">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I8">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G9" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="I9">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
+        <v>1993</v>
+      </c>
+      <c r="I10">
         <v>2013</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>84</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H12">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H13">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="M13" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G14" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="H15">
-[...2 lines deleted...]
-      <c r="I15"/>
+      <c r="H15"/>
+      <c r="I15">
+        <v>2016</v>
+      </c>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="F16" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H16">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>107</v>
+        <v>37</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
       <c r="M16" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2022</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>115</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B18" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G18" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H18">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P18" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>124</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2001</v>
+      </c>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="P19" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H20">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="H21">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="P21" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>116</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="P22" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>124</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G23" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>29</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="F24" t="s">
-        <v>106</v>
+        <v>35</v>
       </c>
       <c r="G24" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I24">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>141</v>
+        <v>37</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="M24" t="s">
-        <v>143</v>
+        <v>58</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P24" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>146</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>147</v>
       </c>
       <c r="P25" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>149</v>
       </c>
       <c r="B26" t="s">
         <v>150</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>151</v>
       </c>
       <c r="E26" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G26" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2001</v>
       </c>
       <c r="I26">
         <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>152</v>
       </c>
       <c r="P26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>153</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H27">
         <v>2009</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>154</v>
       </c>
       <c r="P27" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>156</v>
       </c>
       <c r="P28" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>151</v>
       </c>
       <c r="E29" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>158</v>
       </c>
       <c r="P29" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>159</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>160</v>
       </c>
       <c r="E30" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>161</v>
       </c>
       <c r="P30" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>162</v>
       </c>
       <c r="B31" t="s">
         <v>163</v>
       </c>
       <c r="C31" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>164</v>
       </c>
       <c r="E31" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>106</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>165</v>
       </c>
       <c r="P31" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>167</v>
       </c>
       <c r="B32" t="s">
         <v>168</v>
       </c>
       <c r="C32" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>169</v>
       </c>
       <c r="E32" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>170</v>
       </c>
       <c r="G32" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2016</v>
       </c>
       <c r="J32" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>171</v>
       </c>
       <c r="M32" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>172</v>
       </c>
       <c r="P32" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>174</v>
       </c>
       <c r="B33" t="s">
         <v>175</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G33" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2017</v>
       </c>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>176</v>
       </c>
       <c r="M33" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>177</v>
       </c>
       <c r="P33" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>179</v>
       </c>
       <c r="B34" t="s">
         <v>180</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>181</v>
       </c>
       <c r="M34" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>182</v>
       </c>
       <c r="P34" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">