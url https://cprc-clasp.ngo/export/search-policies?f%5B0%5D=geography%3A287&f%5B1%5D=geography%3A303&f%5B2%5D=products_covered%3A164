--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -62,93 +62,93 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -636,53 +636,51 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>