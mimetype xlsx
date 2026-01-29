--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -62,129 +62,129 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
-[...41 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -587,103 +587,101 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>