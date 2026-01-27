--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -62,147 +62,147 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
-[...62 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -620,209 +620,207 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I4">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>