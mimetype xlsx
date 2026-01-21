--- v0 (2025-11-15)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,93 +104,96 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
@@ -789,172 +792,172 @@
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">