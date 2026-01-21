--- v0 (2025-11-29)
+++ v1 (2026-01-21)
@@ -12,746 +12,752 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...554 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
+    <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
+  </si>
+  <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
+    <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Drivers/ Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
+    <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>JS 2094</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
+    <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>JS 2095</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 2098:2013 Energy labeling of household electric ovens</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>JS 2098</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
+    <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>JS 2099</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
+    <t>JS 2100:2013 Energy labeling of household dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
+    <t>JS 2100</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
+    <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>JS 1749</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
+    <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
+    <t>JS 2105:2013 Energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>JS 2105</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
+    <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
+    <t>JS 2106</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
+    <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>JS 2107</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
+  </si>
+  <si>
+    <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
+  </si>
+  <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
+    <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>JS 2110</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
+    <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
+    <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>JS 2112</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
+    <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
+  </si>
+  <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>JS 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
+  </si>
+  <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1168,51 +1174,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="514.303" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1252,2056 +1258,2052 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2023</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2023</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12">
         <v>2024</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="I13"/>
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P13" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>88</v>
       </c>
       <c r="P14" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
         <v>90</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>91</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="M15" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G16" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="M16" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P16" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="M17" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M18" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K19" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>117</v>
       </c>
       <c r="M19" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>118</v>
       </c>
       <c r="P19" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>120</v>
       </c>
       <c r="B20" t="s">
         <v>121</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>122</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="G20" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K20" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="L20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M20" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N20" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>125</v>
       </c>
       <c r="P20" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>127</v>
       </c>
       <c r="B21" t="s">
         <v>128</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
         <v>129</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K21" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>130</v>
       </c>
       <c r="M21" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>131</v>
       </c>
       <c r="O21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K22" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L22" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="M22" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="P22" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="L23" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M23" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24">
         <v>2014</v>
       </c>
       <c r="J24" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="M24" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E25" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="M25" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G26" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M26" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P26" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M27" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="P27"/>
+        <v>164</v>
+      </c>
+      <c r="P27" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D28" t="s">
-        <v>62</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I28">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J28" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="M28" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>91</v>
+      </c>
+      <c r="D29" t="s">
+        <v>70</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>92</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>169</v>
       </c>
-      <c r="C29" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M29" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>86</v>
+        <v>178</v>
       </c>
       <c r="M30" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>182</v>
+        <v>93</v>
       </c>
       <c r="M31" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I32">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J32" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M32" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>115</v>
+        <v>194</v>
       </c>
       <c r="E33" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K33" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M33" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>198</v>
+        <v>122</v>
       </c>
       <c r="E34" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2013</v>
       </c>
       <c r="J34" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>123</v>
       </c>
       <c r="L34" t="s">
-        <v>117</v>
+        <v>200</v>
       </c>
       <c r="M34" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P34" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C35" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E35" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="G35" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I35">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>204</v>
+        <v>92</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>205</v>
+        <v>124</v>
       </c>
       <c r="M35" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>206</v>
       </c>
       <c r="P35" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>208</v>
       </c>
       <c r="B36" t="s">
         <v>209</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>210</v>
       </c>
       <c r="E36" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>211</v>
       </c>
       <c r="M36" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>212</v>
       </c>
       <c r="P36" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>214</v>
       </c>
       <c r="B37" t="s">
         <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>56</v>
+        <v>216</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M37" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P37" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M38" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>63</v>
+        <v>229</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="M39" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P39" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P40" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E41" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41">
         <v>2018</v>
       </c>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="M41" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="P41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E42" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="G42" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2016</v>
       </c>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M42" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P42" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E43" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F43" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G43" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H43">
         <v>2023</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="K43" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="L43" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="M43" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="N43" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="O43" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P43" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">