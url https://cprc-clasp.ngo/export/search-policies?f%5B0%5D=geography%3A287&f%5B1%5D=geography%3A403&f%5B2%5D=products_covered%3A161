--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -62,177 +62,177 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...98 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
+    <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
+  </si>
+  <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
+    <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Drivers/ Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
@@ -676,361 +676,359 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="I3">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...2 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2014</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2014</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>60</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>62</v>
       </c>
       <c r="P7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2016</v>
       </c>
       <c r="J8" t="s">
         <v>61</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>67</v>
       </c>
       <c r="M8" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>