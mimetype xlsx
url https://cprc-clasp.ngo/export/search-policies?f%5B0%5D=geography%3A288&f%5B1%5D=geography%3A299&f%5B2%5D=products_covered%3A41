--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -12,169 +12,182 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
+  </si>
+  <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -438,195 +451,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="65" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>