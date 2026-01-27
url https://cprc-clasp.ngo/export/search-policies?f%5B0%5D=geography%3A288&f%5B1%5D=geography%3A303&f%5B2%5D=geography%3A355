--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -5056,51 +5056,51 @@
       </c>
       <c r="P39" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>259</v>
       </c>
       <c r="B40" t="s">
         <v>260</v>
       </c>
       <c r="C40" t="s">
         <v>32</v>
       </c>
       <c r="D40" t="s">
         <v>261</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>262</v>
       </c>
       <c r="G40" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40">
         <v>2024</v>
       </c>
       <c r="J40" t="s">
         <v>263</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
         <v>264</v>
       </c>
       <c r="M40" t="s">
         <v>36</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>265</v>
       </c>