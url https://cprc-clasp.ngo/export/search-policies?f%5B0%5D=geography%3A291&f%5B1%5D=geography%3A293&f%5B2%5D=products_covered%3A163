--- v0 (2025-11-13)
+++ v1 (2026-01-29)
@@ -128,51 +128,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -514,51 +514,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">