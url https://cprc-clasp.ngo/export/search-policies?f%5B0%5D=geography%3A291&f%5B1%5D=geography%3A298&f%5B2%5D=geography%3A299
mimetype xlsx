--- v0 (2025-11-27)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -180,219 +180,197 @@
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Ovens</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...36 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -444,71 +422,77 @@
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
@@ -546,78 +530,81 @@
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
@@ -629,72 +616,72 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -737,60 +724,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -838,156 +825,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -1537,65 +1524,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P64"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1732,2949 +1719,2899 @@
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
-      <c r="I4">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
         <v>46</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
       <c r="M7" t="s">
         <v>46</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
         <v>66</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
         <v>46</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
         <v>71</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
         <v>46</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2025</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
         <v>46</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>46</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="P11" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s">
         <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
         <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>87</v>
       </c>
       <c r="M12" t="s">
         <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" t="s">
         <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>44</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>92</v>
       </c>
       <c r="M13" t="s">
         <v>46</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>96</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I14">
         <v>2024</v>
       </c>
       <c r="J14" t="s">
         <v>44</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>97</v>
       </c>
       <c r="M14" t="s">
         <v>46</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>98</v>
       </c>
       <c r="P14" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>99</v>
       </c>
       <c r="B15" t="s">
         <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
         <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
         <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>102</v>
       </c>
       <c r="M15" t="s">
         <v>46</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>103</v>
       </c>
       <c r="P15" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>104</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="H16">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M16" t="s">
         <v>46</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P16" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
         <v>2018</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M17" t="s">
         <v>46</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>117</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="H18">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
         <v>46</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="P18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="H19">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="M19" t="s">
         <v>46</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P19" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H20">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
       <c r="J20" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M20" t="s">
         <v>46</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P20" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B21" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="M21" t="s">
         <v>46</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="H22">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
       <c r="J22" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="M22" t="s">
         <v>46</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="G23" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
-      <c r="I23">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="M23" t="s">
         <v>46</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="P23" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>150</v>
+        <v>113</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="H24">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I24"/>
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
       <c r="J24" t="s">
-        <v>111</v>
+        <v>157</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="M24" t="s">
-        <v>46</v>
+        <v>159</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="P24" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B25" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>117</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G25" t="s">
-        <v>158</v>
+        <v>8</v>
       </c>
       <c r="H25">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
+        <v>157</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
         <v>159</v>
       </c>
-      <c r="K25" t="s">
-[...5 lines deleted...]
-      <c r="M25" t="s">
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B26" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
+        <v>170</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>159</v>
       </c>
-      <c r="K26" t="s">
-[...5 lines deleted...]
-      <c r="M26" t="s">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>171</v>
+      </c>
+      <c r="P26" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
+        <v>155</v>
+      </c>
+      <c r="G27" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
         <v>157</v>
-      </c>
-[...8 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
+        <v>159</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
+        <v>159</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>86</v>
+        <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G29" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H29"/>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>159</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>181</v>
+      </c>
+      <c r="P29" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
+        <v>155</v>
+      </c>
+      <c r="G30" t="s">
+        <v>156</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
         <v>157</v>
       </c>
-      <c r="G30" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
       <c r="M30" t="s">
+        <v>159</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G31" t="s">
-        <v>158</v>
+        <v>8</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
+        <v>157</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>188</v>
+      </c>
+      <c r="M31" t="s">
         <v>159</v>
       </c>
-      <c r="K31" t="s">
-[...5 lines deleted...]
-      <c r="M31" t="s">
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
+        <v>155</v>
+      </c>
+      <c r="G32" t="s">
+        <v>156</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>157</v>
       </c>
-      <c r="G32" t="s">
-[...8 lines deleted...]
-      <c r="J32" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>192</v>
+      </c>
+      <c r="M32" t="s">
         <v>159</v>
       </c>
-      <c r="K32" t="s">
-[...5 lines deleted...]
-      <c r="M32" t="s">
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
         <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>101</v>
+        <v>196</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G33" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H33">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
+        <v>157</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>197</v>
+      </c>
+      <c r="M33" t="s">
         <v>159</v>
       </c>
-      <c r="K33" t="s">
-[...5 lines deleted...]
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G34" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H34">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
+        <v>170</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>159</v>
       </c>
-      <c r="K34" t="s">
-[...5 lines deleted...]
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>202</v>
+      </c>
+      <c r="P34" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>113</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
+        <v>149</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
         <v>157</v>
       </c>
-      <c r="G35" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>205</v>
+      </c>
       <c r="M35" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P35" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B36" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>117</v>
+        <v>164</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H36">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I36">
         <v>2022</v>
       </c>
       <c r="J36" t="s">
+        <v>157</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>210</v>
+      </c>
+      <c r="M36" t="s">
         <v>159</v>
       </c>
-      <c r="K36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G37" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
+        <v>170</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
         <v>159</v>
       </c>
-      <c r="K37" t="s">
-[...2 lines deleted...]
-      <c r="L37" t="s">
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>215</v>
+      </c>
+      <c r="P37" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>171</v>
+        <v>218</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H38">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2015</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
       <c r="J38" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
+      <c r="L38" t="s">
+        <v>219</v>
+      </c>
       <c r="M38" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B39" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
         <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J39" t="s">
+        <v>170</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
         <v>159</v>
       </c>
-      <c r="K39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P39" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B40" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C40" t="s">
         <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>86</v>
+        <v>180</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G40" t="s">
-        <v>8</v>
+        <v>156</v>
       </c>
       <c r="H40">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I40">
         <v>2024</v>
       </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P40" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G41" t="s">
-        <v>158</v>
+        <v>114</v>
       </c>
       <c r="H41">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I41"/>
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
       <c r="J41" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>229</v>
+      </c>
       <c r="M41" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P41" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G42" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J42" t="s">
+        <v>170</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
         <v>159</v>
       </c>
-      <c r="K42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P42" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G43" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="J43" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43"/>
+      <c r="L43" t="s">
+        <v>236</v>
+      </c>
       <c r="M43" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="P43" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C44" t="s">
         <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G44" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J44" t="s">
+        <v>170</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>159</v>
       </c>
-      <c r="K44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P44" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B45" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C45" t="s">
         <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G45" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P45" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B46" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>101</v>
+        <v>246</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H46"/>
+        <v>156</v>
+      </c>
+      <c r="H46">
+        <v>2018</v>
+      </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>247</v>
+      </c>
       <c r="M46" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="N46" t="s">
-        <v>27</v>
+        <v>248</v>
       </c>
       <c r="O46" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="P46" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B47" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C47" t="s">
         <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G47" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H47">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
+        <v>157</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>252</v>
+      </c>
+      <c r="M47" t="s">
         <v>159</v>
       </c>
-      <c r="K47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N47" t="s">
-        <v>250</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="P47" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B48" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C48" t="s">
         <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G48" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
+        <v>170</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
         <v>159</v>
       </c>
-      <c r="K48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P48" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B49" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C49" t="s">
         <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>203</v>
+        <v>259</v>
       </c>
       <c r="E49" t="s">
-        <v>20</v>
+        <v>260</v>
       </c>
       <c r="F49" t="s">
-        <v>151</v>
+        <v>261</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>172</v>
+        <v>262</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>161</v>
+        <v>263</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="P49" t="s">
-        <v>214</v>
+        <v>265</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B50" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="C50" t="s">
         <v>32</v>
       </c>
       <c r="D50" t="s">
+        <v>268</v>
+      </c>
+      <c r="E50" t="s">
+        <v>260</v>
+      </c>
+      <c r="F50" t="s">
         <v>261</v>
       </c>
-      <c r="E50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G50" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>264</v>
+        <v>35</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="P50" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B51" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C51" t="s">
         <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>270</v>
+        <v>125</v>
       </c>
       <c r="E51" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F51" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G51" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>35</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="P51" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C52" t="s">
         <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>278</v>
       </c>
       <c r="E52" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F52" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G52" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>35</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="P52" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B53" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C53" t="s">
         <v>32</v>
       </c>
       <c r="D53" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="E53" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F53" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G53" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>35</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="P53" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B54" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C54" t="s">
         <v>32</v>
       </c>
       <c r="D54" t="s">
-        <v>285</v>
+        <v>96</v>
       </c>
       <c r="E54" t="s">
+        <v>260</v>
+      </c>
+      <c r="F54" t="s">
+        <v>261</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
         <v>262</v>
-      </c>
-[...9 lines deleted...]
-        <v>35</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P54" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B55" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C55" t="s">
         <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>101</v>
+        <v>292</v>
       </c>
       <c r="E55" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F55" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55">
         <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="P55" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B56" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C56" t="s">
         <v>32</v>
       </c>
       <c r="D56" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E56" t="s">
+        <v>260</v>
+      </c>
+      <c r="F56" t="s">
+        <v>261</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>264</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="P56" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B57" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C57" t="s">
         <v>32</v>
       </c>
       <c r="D57" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E57" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F57" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>264</v>
+        <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="P57" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B58" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C58" t="s">
         <v>32</v>
       </c>
       <c r="D58" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E58" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F58" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2017</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
-        <v>24</v>
+        <v>308</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="P58" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B59" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C59" t="s">
         <v>32</v>
       </c>
       <c r="D59" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E59" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F59" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="P59" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B60" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C60" t="s">
         <v>32</v>
       </c>
       <c r="D60" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E60" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F60" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
         <v>2017</v>
       </c>
-      <c r="I60"/>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
-        <v>316</v>
+        <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="P60" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B61" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C61" t="s">
         <v>32</v>
       </c>
       <c r="D61" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="E61" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F61" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G61" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I61">
         <v>2017</v>
       </c>
+      <c r="I61"/>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P61" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B62" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C62" t="s">
         <v>32</v>
       </c>
       <c r="D62" t="s">
-        <v>326</v>
+        <v>91</v>
       </c>
       <c r="E62" t="s">
+        <v>260</v>
+      </c>
+      <c r="F62" t="s">
+        <v>261</v>
+      </c>
+      <c r="G62" t="s">
+        <v>34</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
         <v>262</v>
       </c>
-      <c r="F62" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="K62" t="s">
-        <v>327</v>
+        <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="P62" t="s">
-        <v>329</v>
+        <v>289</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B63" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63" t="s">
-        <v>96</v>
+        <v>333</v>
       </c>
       <c r="E63" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F63" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G63" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>264</v>
+        <v>23</v>
       </c>
       <c r="K63" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="P63" t="s">
-        <v>291</v>
-[...12 lines deleted...]
-      <c r="D64" t="s">
         <v>335</v>
-      </c>
-[...30 lines deleted...]
-        <v>337</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">