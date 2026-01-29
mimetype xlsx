--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -151,50 +151,53 @@
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -704,78 +707,78 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">