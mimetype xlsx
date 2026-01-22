--- v0 (2025-11-10)
+++ v1 (2026-01-22)
@@ -185,130 +185,130 @@
   <si>
     <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
   </si>
   <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
-  </si>
-[...4 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
     <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
   </si>
   <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
     <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
   </si>
   <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
@@ -319,51 +319,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
     <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
   </si>
   <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -771,51 +771,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="845.794" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1137,104 +1137,104 @@
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>56</v>
       </c>
       <c r="B8" t="s">
         <v>57</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="H8">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J8" t="s">
         <v>62</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>63</v>
       </c>
       <c r="M8" t="s">
         <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>65</v>
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>68</v>
       </c>
       <c r="D9" t="s">
         <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>61</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J9" t="s">
         <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>72</v>
       </c>
       <c r="P9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
@@ -1364,51 +1364,51 @@
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>34</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>84</v>
       </c>
       <c r="P12" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>86</v>
       </c>
       <c r="B13" t="s">
         <v>87</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>88</v>
       </c>
       <c r="E13" t="s">
         <v>60</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>89</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>90</v>
@@ -1509,51 +1509,51 @@
       <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>99</v>
       </c>
       <c r="P15" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>101</v>
       </c>
       <c r="B16" t="s">
         <v>102</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E16" t="s">
         <v>60</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16">
         <v>2001</v>
       </c>
       <c r="I16">
         <v>2018</v>
       </c>
       <c r="J16" t="s">
         <v>98</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>26</v>
@@ -1599,51 +1599,51 @@
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>105</v>
       </c>
       <c r="P17" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>106</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
         <v>60</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>98</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">