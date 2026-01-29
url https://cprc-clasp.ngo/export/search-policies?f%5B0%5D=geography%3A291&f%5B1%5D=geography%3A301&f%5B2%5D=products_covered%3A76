--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -167,50 +167,53 @@
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwave ovens for household use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -766,76 +769,76 @@
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">