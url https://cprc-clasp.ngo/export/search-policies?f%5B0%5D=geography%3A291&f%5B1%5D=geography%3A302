--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,467 +12,615 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -736,1139 +884,1234 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>100</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>101</v>
+      </c>
+      <c r="M15" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>107</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>100</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>39</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>99</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>39</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>100</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>39</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>39</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>100</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
+        <v>89</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>135</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>100</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>136</v>
+      </c>
+      <c r="M21" t="s">
+        <v>39</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>142</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>100</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>143</v>
+      </c>
+      <c r="M22" t="s">
+        <v>39</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>142</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...10 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N23" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="O23" t="s">
+        <v>148</v>
+      </c>
+      <c r="P23" t="s">
         <v>28</v>
       </c>
-      <c r="E3" t="s">
-[...932 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>