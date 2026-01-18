--- v0 (2025-11-30)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="740">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -366,191 +366,197 @@
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...28 lines deleted...]
-    <t>Freezers-only</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -617,720 +623,648 @@
   <si>
     <t>Electronic ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
-[...2 lines deleted...]
-    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
-[...11 lines deleted...]
-    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 1 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 3 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
+  </si>
+  <si>
+    <t>TIS 867-2550 or IEC 60034-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Aerated Concrete</t>
+  </si>
+  <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
+    <t>Building Materials, Envelopes</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>ASTM C177-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Electric Deep Fryer</t>
+  </si>
+  <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
+    <t>Fryers</t>
+  </si>
+  <si>
+    <t>TIS 2717-2559</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Fiberglass Insulation</t>
+  </si>
+  <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
+    <t>Building Materials, Insulations</t>
+  </si>
+  <si>
+    <t>ISO 8301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Infrared gas stove</t>
+  </si>
+  <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
+    <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
+  </si>
+  <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, LPG Stoves</t>
+  </si>
+  <si>
+    <t>TIS 2312-2549</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Range Hood</t>
+  </si>
+  <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
+    <t>TIS 710–2530 or JIS C 9603:1988</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Tile Roof</t>
+  </si>
+  <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
+    <t>Building Materials, Roof Materials and Coatings</t>
+  </si>
+  <si>
+    <t>ASTM E903</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Variable Speed Drive</t>
+  </si>
+  <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>IEC 61800-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
+    <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
+    <t>Kitchen, Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
+    <t>Kitchen, Electric Hot Pots</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
+    <t>Electronics, Audio-Visual, Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
+    <t>Electronics, Audio-Visual, Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
+    <t>Kitchen, Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
+    <t>Pumps, Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
-  </si>
-[...643 lines deleted...]
-    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
@@ -2434,50 +2368,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -2865,74 +2802,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P140"/>
+  <dimension ref="A1:P136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="131.968" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3564,6089 +3501,5893 @@
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>98</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
       <c r="C14" t="s">
         <v>100</v>
       </c>
       <c r="D14" t="s">
         <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>102</v>
       </c>
       <c r="F14" t="s">
         <v>103</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
-      <c r="I14">
-[...1 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
         <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>105</v>
       </c>
       <c r="M14" t="s">
         <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>107</v>
       </c>
       <c r="P14" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>109</v>
       </c>
       <c r="B15" t="s">
         <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
         <v>102</v>
       </c>
       <c r="F15" t="s">
         <v>103</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J15" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
         <v>106</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E16" t="s">
         <v>102</v>
       </c>
       <c r="F16" t="s">
         <v>103</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H16">
         <v>2025</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>106</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E17" t="s">
         <v>102</v>
       </c>
       <c r="F17" t="s">
         <v>103</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="M17" t="s">
         <v>106</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>102</v>
       </c>
       <c r="F18" t="s">
         <v>103</v>
       </c>
       <c r="G18" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="M18" t="s">
         <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="P18" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E19" t="s">
         <v>102</v>
       </c>
       <c r="F19" t="s">
         <v>103</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H19">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="M19" t="s">
         <v>106</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="P19" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E20" t="s">
         <v>102</v>
       </c>
       <c r="F20" t="s">
         <v>103</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
         <v>2025</v>
       </c>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="M20" t="s">
         <v>106</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="P20" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
         <v>100</v>
       </c>
       <c r="D21" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>102</v>
       </c>
       <c r="F21" t="s">
         <v>103</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
         <v>104</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="M21" t="s">
         <v>106</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
         <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E22" t="s">
         <v>102</v>
       </c>
       <c r="F22" t="s">
         <v>103</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
         <v>104</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
         <v>106</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
         <v>100</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>151</v>
       </c>
       <c r="E23" t="s">
         <v>102</v>
       </c>
       <c r="F23" t="s">
         <v>103</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>104</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="M23" t="s">
         <v>106</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E24" t="s">
         <v>102</v>
       </c>
       <c r="F24" t="s">
         <v>103</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>104</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
         <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="P24" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
         <v>159</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="D25" t="s">
-        <v>161</v>
+        <v>82</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F25" t="s">
-        <v>162</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I25">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="J25" t="s">
-        <v>163</v>
+        <v>104</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="M25" t="s">
-        <v>165</v>
+        <v>106</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>162</v>
+      </c>
+      <c r="B26" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>165</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>166</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
         <v>168</v>
       </c>
-      <c r="B26" t="s">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>169</v>
       </c>
-      <c r="C26" t="s">
-[...18 lines deleted...]
-      <c r="J26" t="s">
+      <c r="P26" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B27" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E27" t="s">
         <v>102</v>
       </c>
       <c r="F27" t="s">
         <v>103</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H27">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="M27" t="s">
         <v>106</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="P27" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D28" t="s">
-        <v>124</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>102</v>
       </c>
       <c r="F28" t="s">
         <v>103</v>
       </c>
       <c r="G28" t="s">
-        <v>69</v>
+        <v>180</v>
       </c>
       <c r="H28">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
       <c r="J28" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="M28" t="s">
         <v>106</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
+        <v>182</v>
+      </c>
+      <c r="P28" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
         <v>185</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E29" t="s">
         <v>102</v>
       </c>
       <c r="F29" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="G29" t="s">
         <v>69</v>
       </c>
       <c r="H29">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M29" t="s">
         <v>106</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="E30" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H30">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="M30" t="s">
-        <v>106</v>
+        <v>196</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E31" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>69</v>
       </c>
       <c r="H31">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="M31" t="s">
-        <v>106</v>
+        <v>196</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="P31" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>207</v>
       </c>
       <c r="E32" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H32">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="L32" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="M32" t="s">
-        <v>106</v>
+        <v>196</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="P32" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B33" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="E33" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>69</v>
       </c>
       <c r="H33">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="M33" t="s">
-        <v>106</v>
+        <v>196</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>69</v>
       </c>
       <c r="H34">
         <v>2022</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="L34" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="P34" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B35" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>227</v>
       </c>
       <c r="L35" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="M35" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N35" t="s">
-        <v>27</v>
+        <v>229</v>
       </c>
       <c r="O35" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="P35" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="B36" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>69</v>
       </c>
       <c r="H36">
         <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K36" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="L36" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>229</v>
       </c>
       <c r="O36" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="P36" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B37" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>236</v>
+        <v>32</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>69</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="M37" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="P37" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B38" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>69</v>
       </c>
       <c r="H38">
         <v>2022</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K38" t="s">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="L38" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M38" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B39" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>69</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K39" t="s">
-        <v>249</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M39" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N39" t="s">
-        <v>251</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
       <c r="G40" t="s">
         <v>69</v>
       </c>
       <c r="H40">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N40" t="s">
-        <v>251</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B41" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>32</v>
+        <v>263</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
       <c r="G41" t="s">
         <v>69</v>
       </c>
       <c r="H41">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P41" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B42" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
       <c r="G42" t="s">
         <v>69</v>
       </c>
       <c r="H42">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K42" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>269</v>
       </c>
       <c r="P42" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>271</v>
       </c>
       <c r="B43" t="s">
         <v>272</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>273</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>21</v>
+        <v>258</v>
       </c>
       <c r="G43" t="s">
         <v>69</v>
       </c>
       <c r="H43">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>196</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>274</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
         <v>277</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>279</v>
+        <v>173</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G44" t="s">
         <v>69</v>
       </c>
       <c r="H44">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="P44" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B45" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G45" t="s">
         <v>69</v>
       </c>
       <c r="H45">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>218</v>
+        <v>283</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="P45" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B46" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>290</v>
+        <v>50</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>280</v>
+        <v>187</v>
       </c>
       <c r="G46" t="s">
         <v>69</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="P46" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B47" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G47" t="s">
         <v>69</v>
       </c>
       <c r="H47">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="P47" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B48" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>197</v>
+        <v>296</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G48" t="s">
         <v>69</v>
       </c>
       <c r="H48">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="P48" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B49" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G49" t="s">
         <v>69</v>
       </c>
       <c r="H49">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>305</v>
+        <v>196</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="P49" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B50" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>50</v>
+        <v>282</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>209</v>
+        <v>258</v>
       </c>
       <c r="G50" t="s">
         <v>69</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="P50" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B51" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G51" t="s">
         <v>69</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="P51" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B52" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G52" t="s">
         <v>69</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="P52" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G53" t="s">
         <v>69</v>
       </c>
       <c r="H53">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="P53" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B54" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G54" t="s">
         <v>69</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="P54" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B55" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>332</v>
+        <v>251</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G55" t="s">
         <v>69</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="P55" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B56" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G56" t="s">
         <v>69</v>
       </c>
       <c r="H56">
         <v>2015</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="P56" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>337</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>339</v>
+      </c>
+      <c r="E57" t="s">
         <v>340</v>
       </c>
-      <c r="B57" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F57" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G57" t="s">
         <v>69</v>
       </c>
       <c r="H57">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="P57" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B58" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G58" t="s">
         <v>69</v>
       </c>
       <c r="H58">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="P58" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B59" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>273</v>
+        <v>88</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G59" t="s">
         <v>69</v>
       </c>
       <c r="H59">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="P59" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B60" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G60" t="s">
         <v>69</v>
       </c>
       <c r="H60">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="P60" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B61" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="E61" t="s">
-        <v>362</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G61" t="s">
         <v>69</v>
       </c>
       <c r="H61">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="P61" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>359</v>
       </c>
       <c r="B62" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
         <v>361</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G62" t="s">
         <v>69</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="P62" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B63" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>88</v>
+        <v>151</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G63" t="s">
         <v>69</v>
       </c>
       <c r="H63">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="P63" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F64" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G64" t="s">
         <v>69</v>
       </c>
       <c r="H64">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="P64" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B65" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G65" t="s">
         <v>69</v>
       </c>
       <c r="H65">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="P65" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B66" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>383</v>
+        <v>112</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G66" t="s">
         <v>69</v>
       </c>
       <c r="H66">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="P66" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B67" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>148</v>
+        <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G67" t="s">
         <v>69</v>
       </c>
       <c r="H67">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P67" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B68" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="E68" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G68" t="s">
         <v>69</v>
       </c>
       <c r="H68">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
-        <v>24</v>
+        <v>227</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="P68" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B69" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G69" t="s">
         <v>69</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="P69" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B70" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>124</v>
+        <v>397</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>280</v>
+        <v>187</v>
       </c>
       <c r="G70" t="s">
         <v>69</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="P70" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C71" t="s">
         <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>356</v>
+        <v>315</v>
       </c>
       <c r="E71" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="F71" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G71" t="s">
         <v>69</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="P71" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B72" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>32</v>
+        <v>315</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="G72" t="s">
         <v>69</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K72" t="s">
-        <v>249</v>
+        <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="P72" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B73" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>280</v>
+        <v>165</v>
       </c>
       <c r="G73" t="s">
         <v>69</v>
       </c>
       <c r="H73">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73"/>
+      <c r="L73" t="s">
+        <v>411</v>
+      </c>
       <c r="M73" t="s">
-        <v>218</v>
+        <v>168</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="P73" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B74" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>418</v>
+        <v>257</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>209</v>
+        <v>165</v>
       </c>
       <c r="G74" t="s">
         <v>69</v>
       </c>
       <c r="H74">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I74"/>
+        <v>1997</v>
+      </c>
+      <c r="I74">
+        <v>2011</v>
+      </c>
       <c r="J74" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K74" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L74"/>
+        <v>208</v>
+      </c>
+      <c r="L74" t="s">
+        <v>416</v>
+      </c>
       <c r="M74" t="s">
-        <v>218</v>
+        <v>168</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="P74" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>419</v>
+      </c>
+      <c r="B75" t="s">
+        <v>420</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>82</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>165</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2007</v>
+      </c>
+      <c r="I75">
+        <v>2012</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
         <v>421</v>
       </c>
-      <c r="B75" t="s">
+      <c r="M75" t="s">
+        <v>168</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>422</v>
       </c>
-      <c r="C75" t="s">
-[...31 lines deleted...]
-      <c r="O75" t="s">
+      <c r="P75" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>424</v>
+      </c>
+      <c r="B76" t="s">
         <v>425</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
         <v>426</v>
       </c>
-      <c r="C76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>280</v>
+        <v>165</v>
       </c>
       <c r="G76" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H76">
+        <v>1997</v>
+      </c>
+      <c r="I76">
         <v>2015</v>
       </c>
-      <c r="I76"/>
       <c r="J76" t="s">
-        <v>216</v>
+        <v>166</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>427</v>
+      </c>
       <c r="M76" t="s">
-        <v>218</v>
+        <v>168</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P76" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B77" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G77" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I77"/>
+        <v>2013</v>
+      </c>
+      <c r="I77">
+        <v>2018</v>
+      </c>
       <c r="J77" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M77" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P77" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B78" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>279</v>
+        <v>438</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G78" t="s">
         <v>69</v>
       </c>
       <c r="H78">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="K78" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="M78" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="P78" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B79" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C79" t="s">
         <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>82</v>
+        <v>444</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H79">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I79">
         <v>2012</v>
       </c>
+      <c r="I79"/>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="L79" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="M79" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="P79" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B80" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H80">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>163</v>
+        <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="M80" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="P80" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B81" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>453</v>
+        <v>214</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H81">
         <v>2013</v>
       </c>
-      <c r="I81">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="M81" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="P81" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B82" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>459</v>
+        <v>44</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G82" t="s">
         <v>69</v>
       </c>
       <c r="H82">
         <v>2013</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>163</v>
+        <v>23</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M82" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P82" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B83" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>465</v>
+        <v>173</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G83" t="s">
         <v>69</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>466</v>
       </c>
       <c r="M83" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>467</v>
       </c>
       <c r="P83" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>469</v>
       </c>
       <c r="B84" t="s">
         <v>470</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>471</v>
+        <v>301</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G84" t="s">
         <v>69</v>
       </c>
       <c r="H84">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
+        <v>471</v>
+      </c>
+      <c r="M84" t="s">
+        <v>168</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
         <v>472</v>
       </c>
-      <c r="M84" t="s">
-[...5 lines deleted...]
-      <c r="O84" t="s">
+      <c r="P84" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>474</v>
+      </c>
+      <c r="B85" t="s">
         <v>475</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
         <v>476</v>
       </c>
-      <c r="C85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G85" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I85"/>
+        <v>2003</v>
+      </c>
+      <c r="I85">
+        <v>2012</v>
+      </c>
       <c r="J85" t="s">
-        <v>163</v>
+        <v>23</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
         <v>477</v>
       </c>
       <c r="M85" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
         <v>478</v>
       </c>
       <c r="P85" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>480</v>
       </c>
       <c r="B86" t="s">
         <v>481</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>44</v>
+        <v>482</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G86" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H86">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I86"/>
+        <v>2011</v>
+      </c>
+      <c r="I86">
+        <v>2017</v>
+      </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86" t="s">
-        <v>24</v>
+        <v>483</v>
       </c>
       <c r="L86" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="M86" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N86" t="s">
-        <v>27</v>
+        <v>485</v>
       </c>
       <c r="O86" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="P86" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B87" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>197</v>
+        <v>268</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G87" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="M87" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="P87" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B88" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>323</v>
+        <v>495</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G88" t="s">
         <v>69</v>
       </c>
       <c r="H88">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>216</v>
+        <v>496</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="M88" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="P88" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B89" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H89">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I89">
         <v>2012</v>
       </c>
+      <c r="I89"/>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="M89" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="P89" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B90" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
-        <v>504</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="M90" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N90" t="s">
-        <v>506</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="P90" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B91" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>290</v>
+        <v>514</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H91">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="M91" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="P91" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B92" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>516</v>
+        <v>50</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G92" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H92">
         <v>2013</v>
       </c>
-      <c r="I92"/>
+      <c r="I92">
+        <v>2017</v>
+      </c>
       <c r="J92" t="s">
-        <v>517</v>
+        <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="M92" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="P92" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B93" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>523</v>
+        <v>56</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G93" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M93" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P93" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B94" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>529</v>
+        <v>325</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H94">
-        <v>2001</v>
+        <v>1998</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
         <v>530</v>
       </c>
       <c r="M94" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N94" t="s">
-        <v>27</v>
+        <v>531</v>
       </c>
       <c r="O94" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P94" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B95" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>535</v>
+        <v>476</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G95" t="s">
         <v>69</v>
       </c>
       <c r="H95">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
         <v>536</v>
       </c>
       <c r="M95" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>537</v>
       </c>
       <c r="P95" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>539</v>
       </c>
       <c r="B96" t="s">
         <v>540</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>50</v>
+        <v>476</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H96">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
         <v>541</v>
       </c>
       <c r="M96" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>542</v>
       </c>
       <c r="P96" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>544</v>
       </c>
       <c r="B97" t="s">
         <v>545</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>2013</v>
+      </c>
+      <c r="I97">
+        <v>2021</v>
+      </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
         <v>546</v>
       </c>
       <c r="M97" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>547</v>
       </c>
       <c r="P97" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>549</v>
       </c>
       <c r="B98" t="s">
         <v>550</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>347</v>
+        <v>151</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G98" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H98">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="I98"/>
+        <v>2002</v>
+      </c>
+      <c r="I98">
+        <v>2021</v>
+      </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>551</v>
       </c>
       <c r="M98" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
         <v>552</v>
       </c>
-      <c r="O98" t="s">
+      <c r="P98" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
+        <v>554</v>
+      </c>
+      <c r="B99" t="s">
         <v>555</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>497</v>
+        <v>370</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G99" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H99">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I99"/>
+        <v>2003</v>
+      </c>
+      <c r="I99">
+        <v>2021</v>
+      </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
+        <v>556</v>
+      </c>
+      <c r="M99" t="s">
+        <v>168</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
         <v>557</v>
       </c>
-      <c r="M99" t="s">
-[...5 lines deleted...]
-      <c r="O99" t="s">
+      <c r="P99" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
+        <v>559</v>
+      </c>
+      <c r="B100" t="s">
         <v>560</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
         <v>561</v>
       </c>
-      <c r="C100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G100" t="s">
         <v>69</v>
       </c>
       <c r="H100">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>562</v>
       </c>
       <c r="M100" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>563</v>
       </c>
       <c r="P100" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>565</v>
       </c>
       <c r="B101" t="s">
         <v>566</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I101">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>567</v>
       </c>
       <c r="M101" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
         <v>568</v>
       </c>
       <c r="P101" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>570</v>
       </c>
       <c r="B102" t="s">
         <v>571</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>148</v>
+        <v>572</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H102">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I102"/>
       <c r="J102" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="M102" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P102" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B103" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
-        <v>176</v>
+        <v>578</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G103" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H103">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="M103" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="P103" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B104" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G104" t="s">
         <v>69</v>
       </c>
       <c r="H104">
         <v>2012</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>23</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M104" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="P104" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B105" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>76</v>
+        <v>590</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H105">
         <v>2004</v>
       </c>
-      <c r="I105">
-[...1 lines deleted...]
-      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
         <v>23</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="M105" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="P105" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B106" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>593</v>
+        <v>88</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G106" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I106"/>
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2021</v>
+      </c>
       <c r="J106" t="s">
-        <v>216</v>
+        <v>23</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M106" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="P106" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B107" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>599</v>
+        <v>94</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G107" t="s">
         <v>69</v>
       </c>
       <c r="H107">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M107" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B108" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I108"/>
+        <v>2001</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>606</v>
       </c>
       <c r="M108" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
         <v>607</v>
       </c>
       <c r="P108" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
         <v>609</v>
       </c>
       <c r="B109" t="s">
         <v>610</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
+        <v>370</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1995</v>
+      </c>
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>33</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
         <v>611</v>
       </c>
-      <c r="E109" t="s">
-[...18 lines deleted...]
-      <c r="L109" t="s">
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
         <v>612</v>
       </c>
-      <c r="M109" t="s">
-[...5 lines deleted...]
-      <c r="O109" t="s">
+      <c r="P109" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
+        <v>614</v>
+      </c>
+      <c r="B110" t="s">
         <v>615</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
         <v>616</v>
       </c>
-      <c r="C110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I110">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J110" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
         <v>617</v>
       </c>
       <c r="M110" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>618</v>
       </c>
       <c r="P110" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>620</v>
       </c>
       <c r="B111" t="s">
         <v>621</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>94</v>
+        <v>514</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I111"/>
+        <v>2012</v>
+      </c>
+      <c r="I111">
+        <v>2019</v>
+      </c>
       <c r="J111" t="s">
-        <v>23</v>
+        <v>622</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M111" t="s">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B112" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>50</v>
+        <v>450</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2001</v>
       </c>
       <c r="I112">
         <v>2019</v>
       </c>
       <c r="J112" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P112" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B113" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>1995</v>
       </c>
       <c r="I113">
         <v>2019</v>
       </c>
       <c r="J113" t="s">
         <v>33</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P113" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B114" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>637</v>
+        <v>68</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="I114">
         <v>2019</v>
       </c>
       <c r="J114" t="s">
         <v>33</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
         <v>638</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>639</v>
       </c>
       <c r="P114" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
         <v>641</v>
       </c>
       <c r="B115" t="s">
         <v>642</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>535</v>
+        <v>173</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I115">
         <v>2019</v>
       </c>
       <c r="J115" t="s">
+        <v>33</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
         <v>643</v>
-      </c>
-[...4 lines deleted...]
-        <v>644</v>
       </c>
       <c r="M115" t="s">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
+        <v>644</v>
+      </c>
+      <c r="P115" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
+        <v>646</v>
+      </c>
+      <c r="B116" t="s">
         <v>647</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>471</v>
+        <v>339</v>
       </c>
       <c r="E116" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F116" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="I116">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J116" t="s">
         <v>33</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
-      <c r="L116" t="s">
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>648</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
         <v>649</v>
       </c>
-      <c r="M116" t="s">
-[...5 lines deleted...]
-      <c r="O116" t="s">
+      <c r="P116" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
+        <v>651</v>
+      </c>
+      <c r="B117" t="s">
         <v>652</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>148</v>
+        <v>370</v>
       </c>
       <c r="E117" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="I117">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J117" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
-      <c r="L117" t="s">
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>648</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>653</v>
+      </c>
+      <c r="P117" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B118" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>68</v>
+        <v>370</v>
       </c>
       <c r="E118" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F118" t="s">
-        <v>21</v>
+        <v>187</v>
       </c>
       <c r="G118" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H118">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
         <v>33</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
-      <c r="L118" t="s">
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>657</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>658</v>
+      </c>
+      <c r="P118" t="s">
         <v>659</v>
-      </c>
-[...10 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="B119" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
       <c r="E119" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F119" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="I119">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J119" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
-      <c r="L119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
-        <v>26</v>
+        <v>648</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="P119" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B120" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>361</v>
+        <v>164</v>
       </c>
       <c r="E120" t="s">
         <v>102</v>
       </c>
       <c r="F120" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>1997</v>
+        <v>1978</v>
       </c>
       <c r="I120">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="J120" t="s">
         <v>33</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="P120" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="B121" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>176</v>
+        <v>670</v>
       </c>
       <c r="E121" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G121" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H121">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I121">
         <v>2013</v>
       </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>23</v>
+        <v>194</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="P121" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="B122" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>176</v>
+        <v>282</v>
       </c>
       <c r="E122" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G122" t="s">
         <v>69</v>
       </c>
       <c r="H122">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>678</v>
+        <v>648</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="P122" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="B123" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>148</v>
+        <v>679</v>
       </c>
       <c r="E123" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="I123">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="J123" t="s">
-        <v>119</v>
+        <v>194</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="P123" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B124" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>161</v>
+        <v>282</v>
       </c>
       <c r="E124" t="s">
         <v>102</v>
       </c>
       <c r="F124" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G124" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H124">
-        <v>1978</v>
-[...1 lines deleted...]
-      <c r="I124">
         <v>2017</v>
       </c>
+      <c r="I124"/>
       <c r="J124" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="P124" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="B125" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G125" t="s">
         <v>69</v>
       </c>
       <c r="H125">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="P125" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="B126" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>304</v>
+        <v>693</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G126" t="s">
         <v>69</v>
       </c>
       <c r="H126">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>216</v>
+        <v>33</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="P126" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="B127" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>700</v>
+        <v>392</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G127" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H127">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="P127" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="B128" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="E128" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G128" t="s">
         <v>69</v>
       </c>
       <c r="H128">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="P128" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B129" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>709</v>
+        <v>334</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G129" t="s">
         <v>69</v>
       </c>
       <c r="H129">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="P129" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="B130" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G130" t="s">
-        <v>69</v>
+        <v>711</v>
       </c>
       <c r="H130">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="P130" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="B131" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>413</v>
+        <v>44</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G131" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I131"/>
+        <v>2014</v>
+      </c>
+      <c r="I131">
+        <v>2024</v>
+      </c>
       <c r="J131" t="s">
-        <v>216</v>
+        <v>113</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="P131" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="B132" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G132" t="s">
         <v>69</v>
       </c>
       <c r="H132">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="P132" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="B133" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>356</v>
+        <v>724</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G133" t="s">
         <v>69</v>
       </c>
       <c r="H133">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="P133" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B134" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>731</v>
+        <v>351</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G134" t="s">
         <v>69</v>
       </c>
       <c r="H134">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>119</v>
+        <v>194</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="P134" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="B135" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
-        <v>44</v>
+        <v>733</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H135">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I135"/>
       <c r="J135" t="s">
-        <v>119</v>
+        <v>194</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="P135" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="B136" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
-        <v>383</v>
+        <v>201</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="G136" t="s">
         <v>69</v>
       </c>
       <c r="H136">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="P136" t="s">
-        <v>741</v>
-[...183 lines deleted...]
-        <v>759</v>
+        <v>739</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">