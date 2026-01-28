--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,158 +111,139 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...24 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
     <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
@@ -788,51 +769,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P18"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="587.428" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -889,841 +870,789 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
         <v>57</v>
       </c>
-      <c r="B7" t="s">
+      <c r="G7" t="s">
         <v>58</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
       <c r="H7">
         <v>2009</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F10" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>80</v>
       </c>
       <c r="P10" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>82</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="G11" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F12" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F14" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="I14">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="F15" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="I16">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="H17">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      <c r="A18" t="s">
         <v>124</v>
-      </c>
-[...39 lines deleted...]
-        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">