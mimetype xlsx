--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -65,157 +65,157 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
   </si>
   <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
@@ -645,253 +645,253 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
         <v>24</v>
       </c>
+      <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>31</v>
       </c>
-      <c r="H3">
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>48</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="P6" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>