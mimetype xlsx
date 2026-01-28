--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -107,152 +107,152 @@
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
-  </si>
-[...4 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -579,51 +579,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -703,136 +703,136 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>35</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
         <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>30</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>51</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>53</v>