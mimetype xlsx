--- v0 (2025-11-11)
+++ v1 (2026-01-28)
@@ -174,51 +174,51 @@
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -545,51 +545,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">