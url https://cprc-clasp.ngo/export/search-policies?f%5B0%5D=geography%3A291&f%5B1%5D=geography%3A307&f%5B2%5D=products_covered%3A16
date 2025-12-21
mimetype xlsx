--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -147,50 +147,53 @@
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 11847:2017
@@ -266,50 +269,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
@@ -648,51 +654,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -828,468 +834,468 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7">
         <v>2015</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
       <c r="I8">
         <v>2015</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2021</v>
       </c>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">