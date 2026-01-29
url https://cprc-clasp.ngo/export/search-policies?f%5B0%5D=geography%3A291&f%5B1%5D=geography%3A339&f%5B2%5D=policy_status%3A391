--- v0 (2025-11-27)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,206 +111,174 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
-[...36 lines deleted...]
-  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -365,81 +333,87 @@
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>standalone off-grid solar products</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
@@ -788,65 +762,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="202.808" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -889,819 +863,721 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="P10" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="P11" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P13" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="P14" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I15">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J15" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L15" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="O15" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="P15" t="s">
-        <v>97</v>
-[...83 lines deleted...]
-      <c r="K17" t="s">
         <v>109</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">