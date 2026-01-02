--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,201 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
@@ -693,412 +696,412 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
         <v>24</v>
       </c>
+      <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>31</v>
       </c>
-      <c r="H3">
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">