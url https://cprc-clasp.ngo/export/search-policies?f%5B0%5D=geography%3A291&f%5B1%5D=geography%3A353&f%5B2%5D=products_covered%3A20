--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,194 +111,175 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...24 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
+  </si>
+  <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...61 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
     <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
     <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
   </si>
@@ -737,51 +718,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P19"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -838,909 +819,857 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I4">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>69</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H8">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
       <c r="M9" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>69</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2002</v>
+      </c>
       <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>80</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
         <v>61</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="I11">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K11" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="L11" t="s">
         <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="O11" t="s">
         <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>87</v>
       </c>
       <c r="B12" t="s">
         <v>88</v>
       </c>
       <c r="C12" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="I12">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>58</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
         <v>61</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J13" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
         <v>96</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I14">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="J14" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K14" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
       <c r="M14" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="I15">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J15" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M15" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P15" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D16" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H16">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>107</v>
       </c>
       <c r="M16" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>108</v>
       </c>
       <c r="P16" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>109</v>
       </c>
       <c r="B17" t="s">
         <v>110</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="G17" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2002</v>
       </c>
-      <c r="I17"/>
+      <c r="I17">
+        <v>2010</v>
+      </c>
       <c r="J17" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="L17" t="s">
         <v>111</v>
       </c>
       <c r="M17" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>112</v>
       </c>
       <c r="P17" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>113</v>
       </c>
       <c r="B18" t="s">
         <v>114</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D18" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
       <c r="I18">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K18" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P18" t="s">
-        <v>66</v>
-[...30 lines deleted...]
-      <c r="J19" t="s">
         <v>61</v>
-      </c>
-[...14 lines deleted...]
-        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">