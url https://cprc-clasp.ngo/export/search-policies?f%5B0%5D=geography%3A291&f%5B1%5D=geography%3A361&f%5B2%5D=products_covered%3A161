--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -65,164 +65,164 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>March 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
@@ -579,51 +579,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -655,136 +655,136 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>